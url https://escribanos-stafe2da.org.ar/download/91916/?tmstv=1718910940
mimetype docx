--- v0 (2025-10-16)
+++ v1 (2026-03-05)
@@ -1,19370 +1,5754 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
-<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-[...14834 lines deleted...]
-</w:document>
+<file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" autoCompressPictures="0">
+  <p:sldMasterIdLst>
+    <p:sldMasterId id="2147483648" r:id="rId1"/>
+  </p:sldMasterIdLst>
+  <p:sldIdLst>
+    <p:sldId id="256" r:id="rId2"/>
+    <p:sldId id="258" r:id="rId3"/>
+    <p:sldId id="259" r:id="rId4"/>
+    <p:sldId id="262" r:id="rId5"/>
+    <p:sldId id="263" r:id="rId6"/>
+    <p:sldId id="264" r:id="rId7"/>
+    <p:sldId id="260" r:id="rId8"/>
+    <p:sldId id="261" r:id="rId9"/>
+    <p:sldId id="257" r:id="rId10"/>
+    <p:sldId id="265" r:id="rId11"/>
+  </p:sldIdLst>
+  <p:sldSz cx="12192000" cy="6858000"/>
+  <p:notesSz cx="6858000" cy="9144000"/>
+  <p:defaultTextStyle>
+    <a:defPPr>
+      <a:defRPr lang="en-US"/>
+    </a:defPPr>
+    <a:lvl1pPr marL="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl1pPr>
+    <a:lvl2pPr marL="457200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl2pPr>
+    <a:lvl3pPr marL="914400" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl3pPr>
+    <a:lvl4pPr marL="1371600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl4pPr>
+    <a:lvl5pPr marL="1828800" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl5pPr>
+    <a:lvl6pPr marL="2286000" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl6pPr>
+    <a:lvl7pPr marL="2743200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl7pPr>
+    <a:lvl8pPr marL="3200400" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl8pPr>
+    <a:lvl9pPr marL="3657600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl9pPr>
+  </p:defaultTextStyle>
+  <p:extLst>
+    <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+    </p:ext>
+  </p:extLst>
+</p:presentation>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...21 lines deleted...]
-</w:endnotes>
+<file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
+<p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:extLst>
+    <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
+      <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
+    </p:ext>
+    <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
+      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
+    </p:ext>
+    <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
+    </p:ext>
+  </p:extLst>
+</p:presentationPr>
 </file>
 
-<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-[...29 lines deleted...]
-</w:fonts>
+<file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...2468 lines deleted...]
-</w:footnotes>
+<file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:normalViewPr horzBarState="maximized">
+    <p:restoredLeft sz="14995" autoAdjust="0"/>
+    <p:restoredTop sz="94660"/>
+  </p:normalViewPr>
+  <p:slideViewPr>
+    <p:cSldViewPr snapToGrid="0">
+      <p:cViewPr varScale="1">
+        <p:scale>
+          <a:sx n="68" d="100"/>
+          <a:sy n="68" d="100"/>
+        </p:scale>
+        <p:origin x="616" y="48"/>
+      </p:cViewPr>
+      <p:guideLst/>
+    </p:cSldViewPr>
+  </p:slideViewPr>
+  <p:notesTextViewPr>
+    <p:cViewPr>
+      <p:scale>
+        <a:sx n="1" d="1"/>
+        <a:sy n="1" d="1"/>
+      </p:scale>
+      <p:origin x="0" y="0"/>
+    </p:cViewPr>
+  </p:notesTextViewPr>
+  <p:gridSpacing cx="72008" cy="72008"/>
+</p:viewPr>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...921 lines deleted...]
-</w:numbering>
+<file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-[...227 lines deleted...]
-</w:settings>
+<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-[...481 lines deleted...]
-</w:styles>
+<file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-</w:webSettings>
+<file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
+<file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
+  <p:cSld name="Diapositiva de título">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2417779" y="802298"/>
+            <a:ext cx="8637073" cy="2541431"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr bIns="0" anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="6600"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Haga clic para modificar el estilo de título del patrón</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Subtitle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2417780" y="3531204"/>
+            <a:ext cx="8637072" cy="977621"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr tIns="91440" bIns="91440">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" cap="all" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Haga clic para editar el estilo de subtítulo del patrón</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{48A87A34-81AB-432B-8DAE-1953F412C126}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>8/24/2023</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2416500" y="329307"/>
+            <a:ext cx="4973915" cy="309201"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1437664" y="798973"/>
+            <a:ext cx="811019" cy="503578"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{6D22F896-40B5-4ADD-8801-0D06FADFA095}" type="slidenum">
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>‹Nº›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="15" name="Straight Connector 14"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2417780" y="3528542"/>
+            <a:ext cx="8637072" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="31750"/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTx" preserve="1">
+  <p:cSld name="Título y texto vertical">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Haga clic para modificar el estilo de título del patrón</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" orient="vert" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr vert="eaVert"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Editar el estilo de texto del patrón</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Segundo nivel</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Tercer nivel</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Cuarto nivel</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Quinto nivel</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{48A87A34-81AB-432B-8DAE-1953F412C126}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>8/24/2023</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{6D22F896-40B5-4ADD-8801-0D06FADFA095}" type="slidenum">
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>‹Nº›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="26" name="Straight Connector 25"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1453896" y="1847088"/>
+            <a:ext cx="9607522" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="31750"/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTitleAndTx" preserve="1">
+  <p:cSld name="Título vertical y texto">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Vertical Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" orient="vert"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9439111" y="798973"/>
+            <a:ext cx="1615742" cy="4659889"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="eaVert"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Haga clic para modificar el estilo de título del patrón</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" orient="vert" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1444672" y="798973"/>
+            <a:ext cx="7828830" cy="4659889"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="eaVert"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Editar el estilo de texto del patrón</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Segundo nivel</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Tercer nivel</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Cuarto nivel</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Quinto nivel</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{48A87A34-81AB-432B-8DAE-1953F412C126}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>8/24/2023</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{6D22F896-40B5-4ADD-8801-0D06FADFA095}" type="slidenum">
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>‹Nº›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="15" name="Straight Connector 14"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9439111" y="798973"/>
+            <a:ext cx="0" cy="4659889"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="31750"/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
+  <p:cSld name="Título y objetos">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Haga clic para modificar el estilo de título del patrón</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Editar el estilo de texto del patrón</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Segundo nivel</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Tercer nivel</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Cuarto nivel</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Quinto nivel</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{48A87A34-81AB-432B-8DAE-1953F412C126}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>8/24/2023</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{6D22F896-40B5-4ADD-8801-0D06FADFA095}" type="slidenum">
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>‹Nº›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="33" name="Straight Connector 32"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1453896" y="1847088"/>
+            <a:ext cx="9607522" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="31750"/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="secHead" preserve="1">
+  <p:cSld name="Encabezado de sección">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1454239" y="1756130"/>
+            <a:ext cx="8643154" cy="1887950"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="3600"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Haga clic para modificar el estilo de título del patrón</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1454239" y="3806195"/>
+            <a:ext cx="8630446" cy="1012929"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr tIns="91440">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Editar el estilo de texto del patrón</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{48A87A34-81AB-432B-8DAE-1953F412C126}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>8/24/2023</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{6D22F896-40B5-4ADD-8801-0D06FADFA095}" type="slidenum">
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>‹Nº›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="15" name="Straight Connector 14"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1454239" y="3804985"/>
+            <a:ext cx="8630446" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="31750"/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
+  <p:cSld name="Dos objetos">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1449217" y="804889"/>
+            <a:ext cx="9605635" cy="1059305"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Haga clic para modificar el estilo de título del patrón</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1447331" y="2010878"/>
+            <a:ext cx="4645152" cy="3448595"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Editar el estilo de texto del patrón</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Segundo nivel</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Tercer nivel</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Cuarto nivel</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Quinto nivel</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Content Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6413771" y="2017343"/>
+            <a:ext cx="4645152" cy="3441520"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Editar el estilo de texto del patrón</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Segundo nivel</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Tercer nivel</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Cuarto nivel</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Quinto nivel</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Date Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{48A87A34-81AB-432B-8DAE-1953F412C126}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>8/24/2023</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Footer Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{6D22F896-40B5-4ADD-8801-0D06FADFA095}" type="slidenum">
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>‹Nº›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="35" name="Straight Connector 34"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1453896" y="1847088"/>
+            <a:ext cx="9607522" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="31750"/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
+  <p:cSld name="Comparación">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1447191" y="804163"/>
+            <a:ext cx="9607661" cy="1056319"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Haga clic para modificar el estilo de título del patrón</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1447191" y="2019549"/>
+            <a:ext cx="4645152" cy="801943"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="2200" b="0" cap="all" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Editar el estilo de texto del patrón</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Content Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1447191" y="2824269"/>
+            <a:ext cx="4645152" cy="2644457"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Editar el estilo de texto del patrón</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Segundo nivel</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Tercer nivel</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Cuarto nivel</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Quinto nivel</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6412362" y="2023003"/>
+            <a:ext cx="4645152" cy="802237"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buNone/>
+              <a:defRPr sz="2200" b="0" cap="all" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Editar el estilo de texto del patrón</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Content Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6412362" y="2821491"/>
+            <a:ext cx="4645152" cy="2637371"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Editar el estilo de texto del patrón</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Segundo nivel</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Tercer nivel</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Cuarto nivel</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Quinto nivel</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Date Placeholder 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{48A87A34-81AB-432B-8DAE-1953F412C126}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>8/24/2023</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Footer Placeholder 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Slide Number Placeholder 8"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{6D22F896-40B5-4ADD-8801-0D06FADFA095}" type="slidenum">
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>‹Nº›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="29" name="Straight Connector 28"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1453896" y="1847088"/>
+            <a:ext cx="9607522" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="31750"/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
+  <p:cSld name="Solo el título">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Haga clic para modificar el estilo de título del patrón</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Date Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{48A87A34-81AB-432B-8DAE-1953F412C126}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>8/24/2023</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Footer Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{6D22F896-40B5-4ADD-8801-0D06FADFA095}" type="slidenum">
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>‹Nº›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="25" name="Straight Connector 24"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1453896" y="1847088"/>
+            <a:ext cx="9607522" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="31750"/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
+  <p:cSld name="En blanco">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Date Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{48A87A34-81AB-432B-8DAE-1953F412C126}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>8/24/2023</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Footer Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{6D22F896-40B5-4ADD-8801-0D06FADFA095}" type="slidenum">
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>‹Nº›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="objTx" preserve="1">
+  <p:cSld name="Contenido con título">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1444671" y="798973"/>
+            <a:ext cx="3273099" cy="2247117"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="2400"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Haga clic para modificar el estilo de título del patrón</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5043714" y="798974"/>
+            <a:ext cx="6012470" cy="4658826"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Editar el estilo de texto del patrón</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Segundo nivel</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Tercer nivel</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Cuarto nivel</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Quinto nivel</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1444671" y="3205491"/>
+            <a:ext cx="3275013" cy="2248181"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Editar el estilo de texto del patrón</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Date Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{48A87A34-81AB-432B-8DAE-1953F412C126}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>8/24/2023</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Footer Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{6D22F896-40B5-4ADD-8801-0D06FADFA095}" type="slidenum">
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>‹Nº›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="17" name="Straight Connector 16"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1448280" y="3205491"/>
+            <a:ext cx="3269490" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="31750"/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="picTx" preserve="1">
+  <p:cSld name="Imagen con título">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="8" name="Group 7"/>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="7477387" y="482170"/>
+            <a:ext cx="4074533" cy="5149101"/>
+            <a:chOff x="7477387" y="482170"/>
+            <a:chExt cx="4074533" cy="5149101"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="18" name="Rectangle 17"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr bwMode="black">
+            <a:xfrm>
+              <a:off x="7477387" y="482170"/>
+              <a:ext cx="4074533" cy="5149101"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:gradFill>
+              <a:gsLst>
+                <a:gs pos="0">
+                  <a:srgbClr val="000001"/>
+                </a:gs>
+                <a:gs pos="100000">
+                  <a:srgbClr val="191919"/>
+                </a:gs>
+              </a:gsLst>
+            </a:gradFill>
+            <a:ln w="76200" cmpd="sng">
+              <a:noFill/>
+              <a:miter lim="800000"/>
+            </a:ln>
+            <a:effectLst>
+              <a:outerShdw blurRad="127000" dist="228600" dir="4740000" sx="98000" sy="98000" algn="tl" rotWithShape="0">
+                <a:srgbClr val="000000">
+                  <a:alpha val="34000"/>
+                </a:srgbClr>
+              </a:outerShdw>
+            </a:effectLst>
+            <a:scene3d>
+              <a:camera prst="orthographicFront"/>
+              <a:lightRig rig="threePt" dir="t"/>
+            </a:scene3d>
+            <a:sp3d>
+              <a:bevelT w="152400" h="50800" prst="softRound"/>
+            </a:sp3d>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="19" name="Rectangle 18"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr bwMode="blackWhite">
+            <a:xfrm>
+              <a:off x="7790446" y="812506"/>
+              <a:ext cx="3450289" cy="4466452"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:gradFill>
+              <a:gsLst>
+                <a:gs pos="0">
+                  <a:srgbClr val="DADADA"/>
+                </a:gs>
+                <a:gs pos="100000">
+                  <a:srgbClr val="FFFFFE"/>
+                </a:gs>
+              </a:gsLst>
+              <a:lin ang="16200000" scaled="0"/>
+            </a:gradFill>
+            <a:ln w="50800" cmpd="sng">
+              <a:solidFill>
+                <a:srgbClr val="191919"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+            </a:ln>
+            <a:effectLst>
+              <a:innerShdw blurRad="63500" dist="88900" dir="14100000">
+                <a:srgbClr val="000000">
+                  <a:alpha val="30000"/>
+                </a:srgbClr>
+              </a:innerShdw>
+            </a:effectLst>
+            <a:scene3d>
+              <a:camera prst="orthographicFront"/>
+              <a:lightRig rig="threePt" dir="t"/>
+            </a:scene3d>
+            <a:sp3d>
+              <a:bevelT prst="relaxedInset"/>
+            </a:sp3d>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1451206" y="1129513"/>
+            <a:ext cx="5532328" cy="1830584"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Haga clic para modificar el estilo de título del patrón</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Picture Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8124389" y="1122542"/>
+            <a:ext cx="2791171" cy="3866327"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="85000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln w="9525" cap="sq">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="3200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2800"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2400"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Haga clic en el icono para agregar una imagen</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1450329" y="3145992"/>
+            <a:ext cx="5524404" cy="2003742"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Editar el estilo de texto del patrón</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Date Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1447382" y="5469856"/>
+            <a:ext cx="5527351" cy="320123"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{48A87A34-81AB-432B-8DAE-1953F412C126}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:pPr/>
+              <a:t>8/24/2023</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Footer Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1447382" y="318640"/>
+            <a:ext cx="5541004" cy="320931"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{6D22F896-40B5-4ADD-8801-0D06FADFA095}" type="slidenum">
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>‹Nº›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="31" name="Straight Connector 30"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1447382" y="3143605"/>
+            <a:ext cx="5527351" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="31750"/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgRef idx="1003">
+        <a:schemeClr val="bg2"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Rectangle 7"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="2019476"/>
+            <a:ext cx="12192000" cy="4105941"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:gradFill flip="none" rotWithShape="1">
+            <a:gsLst>
+              <a:gs pos="0">
+                <a:schemeClr val="bg2">
+                  <a:alpha val="0"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="100000">
+                <a:schemeClr val="bg2"/>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="5400000" scaled="0"/>
+            <a:tileRect/>
+          </a:gradFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 6"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId13">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect t="1538" b="-1538"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr bwMode="black">
+          <a:xfrm>
+            <a:off x="0" y="6126480"/>
+            <a:ext cx="12192000" cy="742950"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1451579" y="804519"/>
+            <a:ext cx="9603275" cy="1049235"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:t>Haga clic para modificar el estilo de título del patrón</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1451579" y="2015732"/>
+            <a:ext cx="9603275" cy="3450613"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7554138" y="330370"/>
+            <a:ext cx="3500715" cy="309201"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{48A87A34-81AB-432B-8DAE-1953F412C126}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:pPr/>
+              <a:t>8/24/2023</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1451579" y="329307"/>
+            <a:ext cx="5938836" cy="309201"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="480060" y="798973"/>
+            <a:ext cx="811019" cy="503578"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="2800">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{6D22F896-40B5-4ADD-8801-0D06FADFA095}" type="slidenum">
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:pPr/>
+              <a:t>‹Nº›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="10" name="Straight Connector 9"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="6128413"/>
+            <a:ext cx="12192000" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="000001">
+                <a:alpha val="20000"/>
+              </a:srgbClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:sldLayoutIdLst>
+    <p:sldLayoutId id="2147483649" r:id="rId1"/>
+    <p:sldLayoutId id="2147483650" r:id="rId2"/>
+    <p:sldLayoutId id="2147483651" r:id="rId3"/>
+    <p:sldLayoutId id="2147483652" r:id="rId4"/>
+    <p:sldLayoutId id="2147483653" r:id="rId5"/>
+    <p:sldLayoutId id="2147483654" r:id="rId6"/>
+    <p:sldLayoutId id="2147483655" r:id="rId7"/>
+    <p:sldLayoutId id="2147483656" r:id="rId8"/>
+    <p:sldLayoutId id="2147483657" r:id="rId9"/>
+    <p:sldLayoutId id="2147483658" r:id="rId10"/>
+    <p:sldLayoutId id="2147483659" r:id="rId11"/>
+  </p:sldLayoutIdLst>
+  <p:txStyles>
+    <p:titleStyle>
+      <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:buNone/>
+        <a:defRPr sz="3200" b="0" i="0" kern="1200" cap="all">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:effectLst/>
+          <a:latin typeface="+mj-lt"/>
+          <a:ea typeface="+mj-ea"/>
+          <a:cs typeface="+mj-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+    </p:titleStyle>
+    <p:bodyStyle>
+      <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="120000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="1000"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="100000"/>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2000" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:effectLst/>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="120000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="100000"/>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200" cap="none" baseline="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:effectLst/>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="120000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="100000"/>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1600" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:effectLst/>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="120000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="100000"/>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1400" kern="1200" cap="none" baseline="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:effectLst/>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="120000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="100000"/>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1200" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:effectLst/>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="120000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="100000"/>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1200" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:effectLst/>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="120000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="100000"/>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1200" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:effectLst/>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="120000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="100000"/>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1200" kern="1200" baseline="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:effectLst/>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="120000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="100000"/>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1200" kern="1200" baseline="0">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:effectLst/>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:bodyStyle>
+    <p:otherStyle>
+      <a:defPPr>
+        <a:defRPr lang="en-US"/>
+      </a:defPPr>
+      <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:otherStyle>
+  </p:txStyles>
+</p:sldMaster>
+</file>
+
+<file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Título 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="782425" y="802298"/>
+            <a:ext cx="10272427" cy="2541431"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>TRANSION DE INMUEBLES A LOS SOCIOS O SUS DESCENDIENTES</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Subtítulo 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2417780" y="4147794"/>
+            <a:ext cx="8637072" cy="1395167"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>DIPLOMATURA EN TECNICA NOTARIAL EN NEGOCIOS FAMILIARES Y SUCESORIOS</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Néstor Daniel lamber</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Universidad notarial argentina, 2023</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="703262661"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Título 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>BIBLIOGRAFIA</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Marcador de contenido 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>LAMBER, Néstor D. – LA TRANSMISIÓN DEL DOMINIO DE INMUEBLES POR SINCERAMIENTO FISCAL Y LA TEORIA DUALISTA DE LA CAUSA – Revista Notarial n° 982, p. 693</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3679489666"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Título 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Empresa familiar bajo forma societaria</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Marcador de contenido 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1449217" y="2010878"/>
+            <a:ext cx="4678205" cy="3956289"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" b="1" dirty="0"/>
+              <a:t>TRANSMISIÓN DE BIENES SINGULARES</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Tipo </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>regular o sociedad </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>simple - Personalidad </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>diferenciada</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Principio </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>generales: Representación</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Actas sociales: interés propio del representante</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Distinción de </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>adjudicación</a:t>
+            </a:r>
+            <a:endParaRPr lang="es-AR" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="es-AR" dirty="0" smtClean="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Marcador de contenido 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6589335" y="2010878"/>
+            <a:ext cx="4930219" cy="3553898"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Onerosa: justificación de origen de los fondos</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Dación en pago: por deuda de la sociedad con el socio – resolución parcial</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Debida acreditación previa – Reconocimiento – atestaciones societarias</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Aporte a fideicomiso:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Objeto social: calidad de fiduciante</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Cesión de posición contractual o beneficio</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="558057094"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Título 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1449217" y="418688"/>
+            <a:ext cx="9605635" cy="1059305"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Transmisión indirecta por cesión de participación societaria</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Marcador de contenido 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="443060" y="2010878"/>
+            <a:ext cx="6410227" cy="3880875"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>CESIÓN DE CUOTAS, ACCIONES, etc</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="es-AR" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Asume </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>responsabilidad del socio y giro social (PYME)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Estado patrimonial de la sociedad</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Coadministración temporal</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Modalidades suspensivas o plazos</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Conocimiento </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>previo</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Asentimiento </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0"/>
+              <a:t>470 CCCN</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Distinción </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>de transferencia de fondo de comercio</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Marcador de contenido 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6608190" y="2017343"/>
+            <a:ext cx="5326144" cy="3996958"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>CESIÓN A DESCENDIENTES</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Gratuita</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Colacionable: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Concurren acción de reducción y simulación (plazos de prescripción)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="es-AR" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Tributos por transmisión de participación</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Impuesto a las ganancias/sellos</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Régimen de información tributaria</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1771396955"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Título 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>DACION EN PAGO POR RETIRO DE SOCIO</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Marcador de contenido 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="669303" y="2010878"/>
+            <a:ext cx="5423180" cy="3918582"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>RESOLUCIÓN PARCIAL</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>En contrato</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>No prevista en contrato</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Asamblea extraordinaria</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Quórum y mayorías de art. 244 LGS</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Edicto art. 10 LGS</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Rescate de acciones con bienes del patrimonio social (parte proporcional del receso)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Marcador de contenido 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6413770" y="2017343"/>
+            <a:ext cx="5086931" cy="3441520"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>REDUCCION VOLUNTARIA DE CAPITAL (203 LGS)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Adquisición de acciones por la sociedad para su cancelación (220 inc. 1° LGS)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Asamblea extraordinaria – 244-</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Edictos: 3 días diario 1 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" err="1" smtClean="0"/>
+              <a:t>dia</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t> B.O. (83, 3° LGS)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Inscripción registral</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3601297334"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Título 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1449217" y="342976"/>
+            <a:ext cx="9605635" cy="1059305"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Transmisión por distribución de balance PARCIAL O final aprobado (reembolso)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Marcador de contenido 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="197964" y="2010879"/>
+            <a:ext cx="5910606" cy="3993996"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>DISOLUCIÓN ANTICIPADA</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Asamblea extraordinaria – 244</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Designación de liquidador – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-AR" u="sng" dirty="0" smtClean="0"/>
+              <a:t>Inscripción societaria</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Edicto art. 10</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>INVENTARIO Y BALANCE 30/120 días</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Aprobado (15 días oposición socio)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" u="sng" dirty="0" smtClean="0"/>
+              <a:t>Inscripción societaria</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>EJECUCIÓN DE DISTRIBUCIÓN (111)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Marcador de contenido 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6485641" y="2017343"/>
+            <a:ext cx="5156462" cy="3441520"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>PARTICION Y DISTRIBUCION PARCIAL</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Requisitos de reducción de capital</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0"/>
+              <a:t>Asamblea extraordinaria – 244-</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0"/>
+              <a:t>Edictos; 3 días </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>diario, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0"/>
+              <a:t>1 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" err="1"/>
+              <a:t>dia</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0"/>
+              <a:t> B.O</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>. (83, 3°)</a:t>
+            </a:r>
+            <a:endParaRPr lang="es-AR" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" u="sng" dirty="0"/>
+              <a:t>Inscripción </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-AR" u="sng" dirty="0" smtClean="0"/>
+              <a:t>societaria</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" u="sng" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1449251690"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Título 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Transmisión por Escisión societaria</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Marcador de contenido 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="433633" y="2010878"/>
+            <a:ext cx="5658850" cy="3448595"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Disolución SIN LIQUIDACION</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Balance especial</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Compromiso previo de escisión</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Aprobación asamblea extraordinaria: 90 días</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Edictos 3 días diario 1 B.O.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Suscripción de acuerdo definitivo</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" u="sng" dirty="0" smtClean="0"/>
+              <a:t>Inscripción societaria</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" u="sng" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Marcador de contenido 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6413771" y="2017343"/>
+            <a:ext cx="4709858" cy="3441520"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" u="sng" dirty="0" smtClean="0"/>
+              <a:t>Inscripción constitución de nueva sociedad</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>TRANSMISIÓN A TÍTULO UNIVERSAL (82, 2 párr. LGS)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Oficio órgano de control societario a registro de bienes en particular</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Protocolización para inscripción de bienes singulares</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3128759367"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Título 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1449217" y="254525"/>
+            <a:ext cx="9605635" cy="1609670"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Transmisión por el régimen de excepción por sinceramiento fiscal (art. 38 ley 27.260)</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>- estudio de títulos-</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Marcador de contenido 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1449217" y="2010878"/>
+            <a:ext cx="4643266" cy="3928009"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>TITULOS PERFECTOS</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Acta voluntario expreso de reconocimiento de negocio real</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Excepción de ilicitud “</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" err="1" smtClean="0"/>
+              <a:t>adversum</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" err="1" smtClean="0"/>
+              <a:t>fiscum</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>” </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Excepción de probar contradocumento</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0"/>
+              <a:t>Excepción a la prohibición de contrato entre cónyuges</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="es-AR" dirty="0" smtClean="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Marcador de contenido 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6413771" y="2017342"/>
+            <a:ext cx="4728712" cy="3544471"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0"/>
+              <a:t>Declaración previa ante la </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>AFIP</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0"/>
+              <a:t>Puede o no explicitar causa subjetiva de titularidad </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>aparente</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Perdón de tributos y punitorios</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Escrituras traslativa fuera de término legal</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Momento de adquisición real: calificación de bienes del matrimonio</a:t>
+            </a:r>
+            <a:endParaRPr lang="es-AR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="614437535"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Título 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Sociedad simple familiar </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Marcador de contenido 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" b="1" dirty="0" smtClean="0"/>
+              <a:t>Régimen de titularidad de bienes registrables</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Transmisión participaciones sociales</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Libertad de formas y sin necesidad de registro</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Responsabilidad del giro social</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Colación</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Disolución o resolución parcial: libertad de formas. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Contractual: escritura pública - título</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1202022342"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Título 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0"/>
+              <a:t>SOCIEDAD EXTRANJERA</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="es-AR" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Marcador de contenido 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="509047" y="2010878"/>
+            <a:ext cx="5583436" cy="3448595"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Extranjera y OFF SHORE</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" b="1" dirty="0" smtClean="0"/>
+              <a:t>Acto Aislados</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="es-AR" b="1" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Actuación continua: mutuo hipotecario</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>SUCURSAL EN LA REPÚBLICA</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>representante</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>ACTUACION NACIONAL</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="es-AR" dirty="0" smtClean="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Marcador de contenido 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6413770" y="2017343"/>
+            <a:ext cx="5709099" cy="3714154"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" b="1" dirty="0" smtClean="0"/>
+              <a:t>RÉGIMEN DE TIERRAS RURALES</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" dirty="0" smtClean="0"/>
+              <a:t>Limite de participación en dominio/certificado</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="es-AR" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" b="1" dirty="0" smtClean="0"/>
+              <a:t>TERCEROS INTERVINIENTE</a:t>
+            </a:r>
+            <a:endParaRPr lang="es-AR" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="es-AR" b="1" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-AR" b="1" dirty="0" smtClean="0"/>
+              <a:t>SICERAMIENTO FISCAL (art. 39)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="385036574"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Gallery">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Gallery">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="454545"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="DFDBD5"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="B71E42"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="DE478E"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="BC72F0"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="795FAF"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="586EA6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="6892A0"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="FA2B5C"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="BC658E"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Gallery">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Gill Sans MT" panose="020B0502020104020203"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Gallery">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
+                <a:tint val="54000"/>
+                <a:alpha val="100000"/>
+                <a:satMod val="105000"/>
                 <a:lumMod val="110000"/>
-                <a:satMod val="105000"/>
-[...7 lines deleted...]
-                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
+                <a:tint val="78000"/>
+                <a:alpha val="92000"/>
                 <a:satMod val="109000"/>
-                <a:tint val="81000"/>
+                <a:lumMod val="100000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="104000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="69000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="88000"/>
+                <a:satMod val="130000"/>
+                <a:lumMod val="92000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-                <a:satMod val="120000"/>
                 <a:shade val="78000"/>
+                <a:satMod val="130000"/>
+                <a:lumMod val="92000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="15875" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="22225" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="50800" dist="50800" dir="5400000" sx="96000" sy="96000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="48000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="balanced" dir="t">
+              <a:rot lat="0" lon="0" rev="1080000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="38100" h="12700" prst="softRound"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
-          <a:schemeClr val="phClr">
-[...2 lines deleted...]
-          </a:schemeClr>
+          <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...10 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="94000"/>
+                <a:satMod val="80000"/>
+                <a:lumMod val="106000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="80000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Gallery" id="{BBFCD31E-59A1-489D-B089-A3EAD7CAE12E}" vid="{F5E91637-A7B6-4E27-B710-77DA7014EE1E}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Galería</Template>
   <TotalTime></TotalTime>
-  <Pages>20</Pages>
-[...5 lines deleted...]
-  <Paragraphs>100</Paragraphs>
+  <Words>608</Words>
+  <Application>Microsoft Office PowerPoint</Application>
+  <PresentationFormat>Panorámica</PresentationFormat>
+  <Paragraphs>107</Paragraphs>
+  <Slides>10</Slides>
+  <Notes>0</Notes>
+  <HiddenSlides>0</HiddenSlides>
+  <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Título</vt:lpstr>
+        <vt:lpstr>Fuentes usadas</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Tema</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Títulos de diapositiva</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>10</vt:i4>
+      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+    <vt:vector size="13" baseType="lpstr">
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Gill Sans MT</vt:lpstr>
+      <vt:lpstr>Gallery</vt:lpstr>
+      <vt:lpstr>TRANSION DE INMUEBLES A LOS SOCIOS O SUS DESCENDIENTES</vt:lpstr>
+      <vt:lpstr>Empresa familiar bajo forma societaria</vt:lpstr>
+      <vt:lpstr>Transmisión indirecta por cesión de participación societaria</vt:lpstr>
+      <vt:lpstr>DACION EN PAGO POR RETIRO DE SOCIO</vt:lpstr>
+      <vt:lpstr>Transmisión por distribución de balance PARCIAL O final aprobado (reembolso)</vt:lpstr>
+      <vt:lpstr>Transmisión por Escisión societaria</vt:lpstr>
+      <vt:lpstr>Transmisión por el régimen de excepción por sinceramiento fiscal (art. 38 ley 27.260) - estudio de títulos-</vt:lpstr>
+      <vt:lpstr>Sociedad simple familiar </vt:lpstr>
+      <vt:lpstr>SOCIEDAD EXTRANJERA </vt:lpstr>
+      <vt:lpstr>BIBLIOGRAFIA</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>50286</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
+  <dc:title>TRANSION DE INMUEBLES A LOS SOCIOS O SUS DESCENDIENTES</dc:title>
   <dc:creator>escribano</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>